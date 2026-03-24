--- v0 (2025-11-05)
+++ v1 (2026-03-24)
@@ -12,77 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>anno</t>
   </si>
   <si>
     <t>formalizados</t>
   </si>
   <si>
     <t>adjudicados</t>
   </si>
   <si>
     <t>menores</t>
   </si>
   <si>
     <t>licitaciones_anuladas</t>
   </si>
   <si>
     <t>resueltos</t>
   </si>
   <si>
     <t>modificados</t>
   </si>
   <si>
     <t>penalidades</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durante el periodo evaluado e indicado, no existe actividad o información acerca de esta obligación, pudiendo utilizar la ciudadanía los medios legalmente establecidos para ejercer su derecho de acceso a la información pública.
+Fecha
+Documento
+31/12/2025
+ Documento
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durante el periodo evaluado e indicado, no hubo licitaciones anuladas , pudiendo utilizar la ciudadanía los medios legalmente establecidos para ejercer su derecho de acceso a la información pública.
+Fecha
+Documento
+31/12/2025
+ Documento
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durante el periodo evaluado e indicado, no hubo penalidades, pudiendo utilizar la ciudadanía los medios legalmente establecidos para ejercer su derecho de acceso a la información pública.
+Fecha
+Documento
+31/12/2025
+ Documento
+</t>
   </si>
   <si>
     <t>2023-2024</t>
   </si>
   <si>
     <t xml:space="preserve">
 Contratos adjudicados 2024
 Coprogal Soluciones 2013, SL: Contrato de fecha 3 de abril de 2024 para la ejecución de 45 nichos en cementerio de San Isidro, Gáldar. Contrato menor.
 Antonio Ramón Puig Hernández e Hijos SL: Contrato para la ejecución de 145 nichos en cementerio de San Isidro, Gáldar. Expediente de contratación 425b/ 224 de 3 de octubre de 2024 por procedimiento abierto simplificado. 
 Multiservicio El Condor, SL: Contrato de 22 de julio de 2024 para la prestación servicio de transporte Playa de Sardina. Contrato menor.
 Contratos adjudicados 2023 (2º Semestre)
 No se adjudicaron contratos durante el periodo evaluado
 Fecha
 Documento
 31/12/2024
 Documento
  </t>
   </si>
   <si>
     <t xml:space="preserve">
 Fecha
 Denominación
 Entidad Contratante
 Importe Contrato
 Documento
@@ -552,51 +580,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z4"/>
+  <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="279" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="325" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="279" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="325" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="414" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="378" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="399" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -619,127 +647,147 @@
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="B2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B2">
+        <v>2025</v>
+      </c>
+      <c r="D2" t="s">
         <v>9</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
+      <c r="I2" t="s">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>46</v>
+        <v>145</v>
       </c>
       <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="I3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>23</v>
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>23</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" s="1">
         <v>23</v>
       </c>
-      <c r="I4" t="s">
-        <v>23</v>
+      <c r="B5">
+        <v>2021</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I5" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">